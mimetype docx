--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6C7AEB5C" w14:textId="3D9C311D" w:rsidR="005F7BE4" w:rsidRPr="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="00F547C2"/>
     <w:p w14:paraId="42A42567" w14:textId="4D6F8A08" w:rsidR="005F7BE4" w:rsidRPr="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="00105F4A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oznámení o nabytí vlastnictví jednotky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3BB95C" w14:textId="77777777" w:rsidR="005F7BE4" w:rsidRPr="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="005F7BE4">
       <w:pPr>
@@ -899,116 +899,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Číslo účtu: ……………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E433E4" w14:textId="77777777" w:rsidR="00C50C77" w:rsidRPr="005F7BE4" w:rsidRDefault="00C50C77" w:rsidP="005F7BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C2E4B16" w14:textId="04F56A8C" w:rsidR="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="005F7BE4">
+    <w:p w14:paraId="5C2E4B16" w14:textId="42CEBE12" w:rsidR="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="005F7BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Společným zástupcem </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ve smyslu § 1185 odst. 2 občanského </w:t>
       </w:r>
       <w:r w:rsidR="00C50C77" w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zákoníku,</w:t>
       </w:r>
       <w:r w:rsidR="00B82F26">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> který bude vykonávat jejich práva vůči osobě odpovědné za správu domu. Toto platí u manželů, kteří mají </w:t>
-[...23 lines deleted...]
-        <w:t>ve společném jmění.</w:t>
+        <w:t xml:space="preserve"> který bude vykonávat jejich práva vůči osobě odpovědné za správu domu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9F5ABF" w14:textId="77777777" w:rsidR="00B82F26" w:rsidRPr="005F7BE4" w:rsidRDefault="00B82F26" w:rsidP="005F7BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77037A09" w14:textId="5E6C4977" w:rsidR="005F7BE4" w:rsidRPr="005F7BE4" w:rsidRDefault="005F7BE4" w:rsidP="005F7BE4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1468,196 +1444,196 @@
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> podpis spoluvlastníka jednotky </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00042A88" w:rsidRPr="005F7BE4" w:rsidSect="00105F4A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2012E0E9" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E" w:rsidP="00A658B5">
+    <w:p w14:paraId="66217347" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B" w:rsidP="00A658B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EFA6F48" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E" w:rsidP="00A658B5">
+    <w:p w14:paraId="22230176" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B" w:rsidP="00A658B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2CF401C9" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E">
+    <w:p w14:paraId="5D277649" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65A083D6" w14:textId="77777777" w:rsidR="00283DAF" w:rsidRDefault="00283DAF">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77B3306E" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E" w:rsidP="00A658B5">
+    <w:p w14:paraId="35F2B060" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B" w:rsidP="00A658B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B185B97" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E" w:rsidP="00A658B5">
+    <w:p w14:paraId="54AB0E96" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B" w:rsidP="00A658B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3349CE68" w14:textId="77777777" w:rsidR="00BC611E" w:rsidRDefault="00BC611E">
+    <w:p w14:paraId="6AD19323" w14:textId="77777777" w:rsidR="00CE668B" w:rsidRDefault="00CE668B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13A9FE75" w14:textId="77777777" w:rsidR="00283DAF" w:rsidRDefault="00283DAF">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03046975"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1BC828D0"/>
     <w:lvl w:ilvl="0" w:tplc="04050017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5063,142 +5039,142 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="626546075">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1304193225">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1007245972">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1901479627">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1568296836">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1906798773">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1454207657">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1744910213">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="977153671">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="45960202">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1680542523">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1219248007">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1590120921">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="452601460">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1386955428">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="106313146">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="9072419">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="697656568">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="564292096">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1049961304">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1639996425">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1419869078">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="139545309">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="543324384">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="274407168">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1732773997">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2077968570">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="42288340">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1347827838">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00040B94"/>
@@ -5410,50 +5386,51 @@
     <w:rsid w:val="003E2EAE"/>
     <w:rsid w:val="003E3458"/>
     <w:rsid w:val="003F078B"/>
     <w:rsid w:val="003F6BCF"/>
     <w:rsid w:val="003F7971"/>
     <w:rsid w:val="0040431B"/>
     <w:rsid w:val="00410305"/>
     <w:rsid w:val="004111DF"/>
     <w:rsid w:val="00412B82"/>
     <w:rsid w:val="00412CAB"/>
     <w:rsid w:val="00415B0D"/>
     <w:rsid w:val="00423BE4"/>
     <w:rsid w:val="00423EE5"/>
     <w:rsid w:val="00424B3E"/>
     <w:rsid w:val="00424DD5"/>
     <w:rsid w:val="00427294"/>
     <w:rsid w:val="004311FA"/>
     <w:rsid w:val="004346A8"/>
     <w:rsid w:val="004351F8"/>
     <w:rsid w:val="0044145C"/>
     <w:rsid w:val="004433B2"/>
     <w:rsid w:val="00443978"/>
     <w:rsid w:val="0044473B"/>
     <w:rsid w:val="004455AA"/>
     <w:rsid w:val="00453D95"/>
+    <w:rsid w:val="004713FC"/>
     <w:rsid w:val="004725EC"/>
     <w:rsid w:val="00475B08"/>
     <w:rsid w:val="00476EE2"/>
     <w:rsid w:val="004850E0"/>
     <w:rsid w:val="00490721"/>
     <w:rsid w:val="00492951"/>
     <w:rsid w:val="0049464A"/>
     <w:rsid w:val="00494B5F"/>
     <w:rsid w:val="00495D3C"/>
     <w:rsid w:val="004A0FA9"/>
     <w:rsid w:val="004A30B9"/>
     <w:rsid w:val="004A4220"/>
     <w:rsid w:val="004A5D35"/>
     <w:rsid w:val="004B2421"/>
     <w:rsid w:val="004B31DA"/>
     <w:rsid w:val="004B764B"/>
     <w:rsid w:val="004C0C16"/>
     <w:rsid w:val="004C5E28"/>
     <w:rsid w:val="004D1F12"/>
     <w:rsid w:val="004D2471"/>
     <w:rsid w:val="004D6132"/>
     <w:rsid w:val="004D7884"/>
     <w:rsid w:val="004D7FAF"/>
     <w:rsid w:val="004E1EA4"/>
     <w:rsid w:val="004E279A"/>
@@ -5639,50 +5616,51 @@
     <w:rsid w:val="00916359"/>
     <w:rsid w:val="00917E54"/>
     <w:rsid w:val="00920F8C"/>
     <w:rsid w:val="009215C9"/>
     <w:rsid w:val="00921CB6"/>
     <w:rsid w:val="00921ED3"/>
     <w:rsid w:val="009227A8"/>
     <w:rsid w:val="009258BB"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="0093014F"/>
     <w:rsid w:val="00940CEB"/>
     <w:rsid w:val="0095409A"/>
     <w:rsid w:val="00955064"/>
     <w:rsid w:val="00957B9D"/>
     <w:rsid w:val="00961C06"/>
     <w:rsid w:val="00963E2F"/>
     <w:rsid w:val="00967E49"/>
     <w:rsid w:val="00983A27"/>
     <w:rsid w:val="00984C41"/>
     <w:rsid w:val="00986397"/>
     <w:rsid w:val="00987A74"/>
     <w:rsid w:val="009905A4"/>
     <w:rsid w:val="0099281E"/>
     <w:rsid w:val="00994241"/>
     <w:rsid w:val="009A0FAD"/>
+    <w:rsid w:val="009A1491"/>
     <w:rsid w:val="009A35D5"/>
     <w:rsid w:val="009A483E"/>
     <w:rsid w:val="009A4E40"/>
     <w:rsid w:val="009B20C7"/>
     <w:rsid w:val="009C50B3"/>
     <w:rsid w:val="009C7523"/>
     <w:rsid w:val="009D04E6"/>
     <w:rsid w:val="009D2EFA"/>
     <w:rsid w:val="009D3E06"/>
     <w:rsid w:val="009D4C97"/>
     <w:rsid w:val="009D7E37"/>
     <w:rsid w:val="009E17BB"/>
     <w:rsid w:val="009E5384"/>
     <w:rsid w:val="009E6C75"/>
     <w:rsid w:val="009F7131"/>
     <w:rsid w:val="00A017A5"/>
     <w:rsid w:val="00A042CD"/>
     <w:rsid w:val="00A0459F"/>
     <w:rsid w:val="00A10D50"/>
     <w:rsid w:val="00A136B1"/>
     <w:rsid w:val="00A2092E"/>
     <w:rsid w:val="00A23B81"/>
     <w:rsid w:val="00A2542B"/>
     <w:rsid w:val="00A26A29"/>
     <w:rsid w:val="00A26B31"/>
@@ -5730,50 +5708,51 @@
     <w:rsid w:val="00AE0B19"/>
     <w:rsid w:val="00AF455B"/>
     <w:rsid w:val="00AF5EED"/>
     <w:rsid w:val="00B00FD8"/>
     <w:rsid w:val="00B02BC4"/>
     <w:rsid w:val="00B07727"/>
     <w:rsid w:val="00B123AE"/>
     <w:rsid w:val="00B12F29"/>
     <w:rsid w:val="00B15F3B"/>
     <w:rsid w:val="00B179B0"/>
     <w:rsid w:val="00B262B2"/>
     <w:rsid w:val="00B300D6"/>
     <w:rsid w:val="00B31965"/>
     <w:rsid w:val="00B37573"/>
     <w:rsid w:val="00B424E2"/>
     <w:rsid w:val="00B43139"/>
     <w:rsid w:val="00B432DA"/>
     <w:rsid w:val="00B4373C"/>
     <w:rsid w:val="00B45767"/>
     <w:rsid w:val="00B4611A"/>
     <w:rsid w:val="00B51337"/>
     <w:rsid w:val="00B52F6B"/>
     <w:rsid w:val="00B55D7B"/>
     <w:rsid w:val="00B60909"/>
     <w:rsid w:val="00B619CE"/>
+    <w:rsid w:val="00B619E0"/>
     <w:rsid w:val="00B622DF"/>
     <w:rsid w:val="00B65993"/>
     <w:rsid w:val="00B67858"/>
     <w:rsid w:val="00B67A0E"/>
     <w:rsid w:val="00B75AA8"/>
     <w:rsid w:val="00B82F26"/>
     <w:rsid w:val="00B83F51"/>
     <w:rsid w:val="00B845FC"/>
     <w:rsid w:val="00B87621"/>
     <w:rsid w:val="00B91F74"/>
     <w:rsid w:val="00BA3302"/>
     <w:rsid w:val="00BB04C5"/>
     <w:rsid w:val="00BB1710"/>
     <w:rsid w:val="00BB1778"/>
     <w:rsid w:val="00BC191A"/>
     <w:rsid w:val="00BC611E"/>
     <w:rsid w:val="00BD4722"/>
     <w:rsid w:val="00BE3F35"/>
     <w:rsid w:val="00BE679D"/>
     <w:rsid w:val="00BE67A3"/>
     <w:rsid w:val="00BF0A91"/>
     <w:rsid w:val="00BF3494"/>
     <w:rsid w:val="00BF3D59"/>
     <w:rsid w:val="00BF4E9D"/>
     <w:rsid w:val="00BF5E13"/>
@@ -5808,87 +5787,89 @@
     <w:rsid w:val="00C66A19"/>
     <w:rsid w:val="00C721A4"/>
     <w:rsid w:val="00C73266"/>
     <w:rsid w:val="00C7790C"/>
     <w:rsid w:val="00C81297"/>
     <w:rsid w:val="00C8273E"/>
     <w:rsid w:val="00C87580"/>
     <w:rsid w:val="00C91835"/>
     <w:rsid w:val="00C91E46"/>
     <w:rsid w:val="00C9271B"/>
     <w:rsid w:val="00C939B6"/>
     <w:rsid w:val="00C96574"/>
     <w:rsid w:val="00C96A35"/>
     <w:rsid w:val="00C96AA1"/>
     <w:rsid w:val="00CA7F35"/>
     <w:rsid w:val="00CB46D8"/>
     <w:rsid w:val="00CB5807"/>
     <w:rsid w:val="00CC57B8"/>
     <w:rsid w:val="00CD1D1B"/>
     <w:rsid w:val="00CD635C"/>
     <w:rsid w:val="00CE0A45"/>
     <w:rsid w:val="00CE18BD"/>
     <w:rsid w:val="00CE3177"/>
     <w:rsid w:val="00CE4F62"/>
     <w:rsid w:val="00CE62AF"/>
+    <w:rsid w:val="00CE668B"/>
     <w:rsid w:val="00CE6EA5"/>
     <w:rsid w:val="00CF142B"/>
     <w:rsid w:val="00CF4698"/>
     <w:rsid w:val="00CF4A4E"/>
     <w:rsid w:val="00CF5C8A"/>
     <w:rsid w:val="00CF6F10"/>
     <w:rsid w:val="00CF7B8E"/>
     <w:rsid w:val="00D007C2"/>
     <w:rsid w:val="00D01C79"/>
     <w:rsid w:val="00D03D07"/>
     <w:rsid w:val="00D03DA7"/>
     <w:rsid w:val="00D04E9B"/>
     <w:rsid w:val="00D06926"/>
     <w:rsid w:val="00D1559C"/>
     <w:rsid w:val="00D17137"/>
     <w:rsid w:val="00D17F0E"/>
     <w:rsid w:val="00D27087"/>
     <w:rsid w:val="00D403EB"/>
     <w:rsid w:val="00D41EDE"/>
     <w:rsid w:val="00D47862"/>
     <w:rsid w:val="00D5361C"/>
     <w:rsid w:val="00D54818"/>
     <w:rsid w:val="00D67792"/>
     <w:rsid w:val="00D860EC"/>
     <w:rsid w:val="00D8665C"/>
     <w:rsid w:val="00D94889"/>
     <w:rsid w:val="00D95BA5"/>
     <w:rsid w:val="00DA03A7"/>
     <w:rsid w:val="00DA1510"/>
     <w:rsid w:val="00DA52CD"/>
     <w:rsid w:val="00DA52F5"/>
     <w:rsid w:val="00DB1C7E"/>
     <w:rsid w:val="00DB47E7"/>
     <w:rsid w:val="00DB6D9D"/>
     <w:rsid w:val="00DC39CE"/>
     <w:rsid w:val="00DC4500"/>
     <w:rsid w:val="00DD0D96"/>
+    <w:rsid w:val="00DD2FB4"/>
     <w:rsid w:val="00DD6405"/>
     <w:rsid w:val="00DE047A"/>
     <w:rsid w:val="00DE1822"/>
     <w:rsid w:val="00DE2732"/>
     <w:rsid w:val="00DE3644"/>
     <w:rsid w:val="00DE4AA5"/>
     <w:rsid w:val="00DE6DE6"/>
     <w:rsid w:val="00DF05C2"/>
     <w:rsid w:val="00DF2DE8"/>
     <w:rsid w:val="00DF45FA"/>
     <w:rsid w:val="00E01B54"/>
     <w:rsid w:val="00E037B0"/>
     <w:rsid w:val="00E0465A"/>
     <w:rsid w:val="00E102DF"/>
     <w:rsid w:val="00E10964"/>
     <w:rsid w:val="00E10E83"/>
     <w:rsid w:val="00E1549A"/>
     <w:rsid w:val="00E163D2"/>
     <w:rsid w:val="00E21D3F"/>
     <w:rsid w:val="00E22B66"/>
     <w:rsid w:val="00E23498"/>
     <w:rsid w:val="00E24C79"/>
     <w:rsid w:val="00E27E39"/>
     <w:rsid w:val="00E3111A"/>
     <w:rsid w:val="00E3153F"/>
@@ -5922,50 +5903,51 @@
     <w:rsid w:val="00ED1701"/>
     <w:rsid w:val="00ED237A"/>
     <w:rsid w:val="00ED242C"/>
     <w:rsid w:val="00ED381A"/>
     <w:rsid w:val="00ED4200"/>
     <w:rsid w:val="00ED4D53"/>
     <w:rsid w:val="00EF059A"/>
     <w:rsid w:val="00EF0A7B"/>
     <w:rsid w:val="00EF5E77"/>
     <w:rsid w:val="00F065A4"/>
     <w:rsid w:val="00F0791D"/>
     <w:rsid w:val="00F127A0"/>
     <w:rsid w:val="00F1325E"/>
     <w:rsid w:val="00F13510"/>
     <w:rsid w:val="00F13CAE"/>
     <w:rsid w:val="00F15F4D"/>
     <w:rsid w:val="00F20DF4"/>
     <w:rsid w:val="00F231B8"/>
     <w:rsid w:val="00F24AB6"/>
     <w:rsid w:val="00F26453"/>
     <w:rsid w:val="00F31863"/>
     <w:rsid w:val="00F3632D"/>
     <w:rsid w:val="00F36EB1"/>
     <w:rsid w:val="00F43780"/>
     <w:rsid w:val="00F4541A"/>
+    <w:rsid w:val="00F47C0F"/>
     <w:rsid w:val="00F5233B"/>
     <w:rsid w:val="00F53872"/>
     <w:rsid w:val="00F53CF2"/>
     <w:rsid w:val="00F547C2"/>
     <w:rsid w:val="00F563DE"/>
     <w:rsid w:val="00F5648C"/>
     <w:rsid w:val="00F61B94"/>
     <w:rsid w:val="00F6399C"/>
     <w:rsid w:val="00F65C9F"/>
     <w:rsid w:val="00F6703F"/>
     <w:rsid w:val="00F672AB"/>
     <w:rsid w:val="00F72502"/>
     <w:rsid w:val="00F757AE"/>
     <w:rsid w:val="00F76E72"/>
     <w:rsid w:val="00F76E9B"/>
     <w:rsid w:val="00F810F3"/>
     <w:rsid w:val="00F82427"/>
     <w:rsid w:val="00F830AB"/>
     <w:rsid w:val="00F85912"/>
     <w:rsid w:val="00F90C07"/>
     <w:rsid w:val="00F97E9E"/>
     <w:rsid w:val="00FA659D"/>
     <w:rsid w:val="00FA7548"/>
     <w:rsid w:val="00FB0957"/>
     <w:rsid w:val="00FB1E52"/>
@@ -5993,51 +5975,51 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="34BDD293"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{87D8A59B-F627-4B4B-BE36-2E8E1F0C64B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6842,51 +6824,51 @@
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="005F7BE4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1358317168">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1358317169">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7761,72 +7743,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CD8A47B-E8D8-4080-94EB-46523E40D676}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>300</Words>
-  <Characters>1773</Characters>
+  <Words>291</Words>
+  <Characters>1721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2069</CharactersWithSpaces>
+  <CharactersWithSpaces>2008</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Honza</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>